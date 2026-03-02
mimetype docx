--- v0 (2025-12-27)
+++ v1 (2026-03-02)
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -940,51 +940,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opracowywać proste modele dynamiczne, wyznaczać punkty równowagi, przeprowadzać linearyzację, wyznaczać transmitancję, analizować uchyby ustalone i badać stabilność układów regulacji automatycznej, analizować charakterystyki częstotliwościowe i dobierać proste korektory do spełnienia typowych wymagań projektowych układów regulacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>