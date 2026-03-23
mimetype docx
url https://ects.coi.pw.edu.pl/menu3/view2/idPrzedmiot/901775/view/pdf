--- v1 (2026-03-02)
+++ v2 (2026-03-23)
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -924,51 +924,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>