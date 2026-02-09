--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -742,67 +742,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W14, W13</w:t>
+        <w:t xml:space="preserve">W13, W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U09, U02, U03, U06</w:t>
+        <w:t xml:space="preserve">U03, U06, U07, U09, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>