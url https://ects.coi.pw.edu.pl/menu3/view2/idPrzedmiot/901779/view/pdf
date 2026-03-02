--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -892,67 +892,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U05, U07, U08</w:t>
+        <w:t xml:space="preserve">U05, U07, U08, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować oraz przeprowadzić testy systemu informatycznego oraz zinterpretować i przedstawić ich wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -962,67 +962,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U06, U07, U09, U02</w:t>
+        <w:t xml:space="preserve">U02, U03, U06, U07, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i wykonać zadania związane z realizacją projektu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>