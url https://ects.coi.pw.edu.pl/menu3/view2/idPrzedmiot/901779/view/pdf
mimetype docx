--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -822,51 +822,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02</w:t>
+        <w:t xml:space="preserve">U02, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -892,67 +892,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05, U07, U08, U04</w:t>
+        <w:t xml:space="preserve">U04, U05, U07, U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować oraz przeprowadzić testy systemu informatycznego oraz zinterpretować i przedstawić ich wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>