--- v0 (2025-12-03)
+++ v1 (2025-12-25)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą zjawisk zachodzących w półprzewodniku w stanie równowagi termodynamicznej i  w stanie nierównowagi termodynamicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1276,51 +1276,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U01</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1557,67 +1557,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U09</w:t>
+        <w:t xml:space="preserve">U09, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi (w stopniu podstawowym) powiązać uzyskane dane pomiarowe i obliczeniowe z własnościami oraz parametrami fizycznymi struktury (np. oszacować szerokość przerwy energetycznej w półprzewodniku, określić poziom domieszkowania półprzewodnika, grubość tlenku podbramkowego w strukturze MOS, ładunek efektywny w tlenku itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1697,67 +1697,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U01</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie posługiwać się przyrządami pomiarowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>