--- v1 (2025-12-25)
+++ v2 (2026-01-16)
@@ -1557,67 +1557,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U09, U03</w:t>
+        <w:t xml:space="preserve">U03, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi (w stopniu podstawowym) powiązać uzyskane dane pomiarowe i obliczeniowe z własnościami oraz parametrami fizycznymi struktury (np. oszacować szerokość przerwy energetycznej w półprzewodniku, określić poziom domieszkowania półprzewodnika, grubość tlenku podbramkowego w strukturze MOS, ładunek efektywny w tlenku itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1627,67 +1627,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03</w:t>
+        <w:t xml:space="preserve">U03, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w stopniu podstawowym ocenia poprawność dokonanych pomiarów oraz dokonuje podstawowej analizy błędów (zgodność lub niezgodność z przebiegami teoretycznymi, wyjaśnienie podstawowych przyczyny nieidealności charakterystyk); próbuje formułować samodzielne wnioski podsumowujące uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>