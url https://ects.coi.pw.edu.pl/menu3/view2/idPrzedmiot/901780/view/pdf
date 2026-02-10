--- v2 (2026-01-16)
+++ v3 (2026-02-10)
@@ -1222,51 +1222,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić podstawowe parametry półprzewodników związane ze stanem nierównowagi termodynamicznej, rozróżnia i rozpoznaje czynniki wywołujące przepływ prądu w podstawowych przyrządach półprzewodnikowych oraz potrafi oszacować wartości odpowiednich prądów (unoszenia, dyfuzji)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1627,67 +1627,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U01</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w stopniu podstawowym ocenia poprawność dokonanych pomiarów oraz dokonuje podstawowej analizy błędów (zgodność lub niezgodność z przebiegami teoretycznymi, wyjaśnienie podstawowych przyczyny nieidealności charakterystyk); próbuje formułować samodzielne wnioski podsumowujące uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1713,51 +1713,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie posługiwać się przyrządami pomiarowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>