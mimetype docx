--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W02, W03</w:t>
+        <w:t xml:space="preserve">W03, W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1222,51 +1222,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić podstawowe parametry półprzewodników związane ze stanem nierównowagi termodynamicznej, rozróżnia i rozpoznaje czynniki wywołujące przepływ prądu w podstawowych przyrządach półprzewodnikowych oraz potrafi oszacować wartości odpowiednich prądów (unoszenia, dyfuzji)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1363,71 +1363,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n)</w:t>
+        <w:t xml:space="preserve">potrafi zmierzyć charakterystyki pojemnościowo-napięciowe złącza p-n oraz kondensatora MOS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1446,318 +1516,248 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zmierzyć charakterystyki pojemnościowo-napięciowe złącza p-n oraz kondensatora MOS</w:t>
+        <w:t xml:space="preserve">potrafi sporządzić protokół pomiarowy oraz wykonać wykresy charakterystyk w różnych skalach; na podstawie pomiarów umie wyznaczyć podstawowe parametry badanych struktur półprzewodnikowych (np. współczynniki termiczne, prąd nasycenia, rezystancję szeregową, siłę elektromotoryczną, itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03</w:t>
+        <w:t xml:space="preserve">U03, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi (w stopniu podstawowym) powiązać uzyskane dane pomiarowe i obliczeniowe z własnościami oraz parametrami fizycznymi struktury (np. oszacować szerokość przerwy energetycznej w półprzewodniku, określić poziom domieszkowania półprzewodnika, grubość tlenku podbramkowego w strukturze MOS, ładunek efektywny w tlenku itp.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi sporządzić protokół pomiarowy oraz wykonać wykresy charakterystyk w różnych skalach; na podstawie pomiarów umie wyznaczyć podstawowe parametry badanych struktur półprzewodnikowych (np. współczynniki termiczne, prąd nasycenia, rezystancję szeregową, siłę elektromotoryczną, itp.)</w:t>
+        <w:t xml:space="preserve">w stopniu podstawowym ocenia poprawność dokonanych pomiarów oraz dokonuje podstawowej analizy błędów (zgodność lub niezgodność z przebiegami teoretycznymi, wyjaśnienie podstawowych przyczyny nieidealności charakterystyk); próbuje formułować samodzielne wnioski podsumowujące uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U09</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie posługiwać się przyrządami pomiarowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>