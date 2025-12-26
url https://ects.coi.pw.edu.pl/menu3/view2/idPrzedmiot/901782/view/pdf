--- v0 (2025-12-01)
+++ v1 (2025-12-26)
@@ -1153,51 +1153,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U05, U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>