--- v1 (2025-12-26)
+++ v2 (2026-03-02)
@@ -1013,191 +1013,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystać wiedzę dotyczącą prawa do rozwiązywania konkretnych problemów i formułowania odpowiednich rozstrzygnięć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach; analizowanie treści aktów prawnych na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystać wiedzę dotyczącą prawa do rozwiązywania konkretnych problemów i formułowania odpowiednich rozstrzygnięć</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystać wiedzę dotyczącą podstawowych zagadnień prawa własności intelektualnej do znalezienia podstawowych informacji z tego zakresu i ich zrozumienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach; analizowanie treści aktów prawnych na zajęciach</w:t>
+        <w:t xml:space="preserve">rozwiązywanie kazusów na zajęciach i samodzielnie, analizowanie treści aktów prawnych na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05</w:t>
+        <w:t xml:space="preserve">U05, U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>