--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -793,271 +793,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W13, W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą relacji prawnych dopuszczalnych na terytorium RP pomiędzy podmiotami; ma podstawową wiedzę o zasadach zawierania i wykonywania umów, a także o funkcjonowaniu administracji w Polsce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozwiązywanie kazusów na zajęciach oraz samodzielnie, a także prezentacja uzasadnienia wyników w czasie zajęć; analizowanie treści aktów prawnych na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą relacji prawnych dopuszczalnych na terytorium RP pomiędzy podmiotami; ma podstawową wiedzę o zasadach zawierania i wykonywania umów, a także o funkcjonowaniu administracji w Polsce</w:t>
+        <w:t xml:space="preserve">zna podstawowe reguły ochrony własności intelektualnej w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozwiązywanie kazusów na zajęciach oraz samodzielnie, a także prezentacja uzasadnienia wyników w czasie zajęć; analizowanie treści aktów prawnych na zajęciach</w:t>
+        <w:t xml:space="preserve">rozwiązywanie kazusów na zajęciach oraz samodzielnie, a także prezentacja uzasadnienia wyników w czasie zajęć. Analizowanie treści aktów prawnych na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W14</w:t>
+        <w:t xml:space="preserve">W13, W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe reguły ochrony własności intelektualnej w Polsce</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystać podstawową wiedzę teoretyczną w zakresie prawa do analizowania konkretnych procesów i zjawisk społecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozwiązywanie kazusów na zajęciach oraz samodzielnie, a także prezentacja uzasadnienia wyników w czasie zajęć. Analizowanie treści aktów prawnych na zajęciach</w:t>
+        <w:t xml:space="preserve">rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach; analizowanie treści aktów prawnych na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W13, W14</w:t>
+        <w:t xml:space="preserve">U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykorzystać wiedzę dotyczącą prawa do rozwiązywania konkretnych problemów i formułowania odpowiednich rozstrzygnięć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>