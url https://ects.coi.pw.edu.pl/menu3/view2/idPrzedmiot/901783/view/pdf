--- v0 (2025-12-04)
+++ v1 (2025-12-27)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poznaje przykłady z życia gospodarczego i uwarunkowania,które umożliwiły sukces</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>