--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">biznesplan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K01, K02, K04</w:t>
+        <w:t xml:space="preserve">K04, K01, K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>