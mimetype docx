--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -910,67 +910,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U08, U12</w:t>
+        <w:t xml:space="preserve">U12, U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zachowanie rynku i podjąć właściwe decyzje, dzięki którym przewiduje osiągnięcie celu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">biznesplan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K04, K01, K02</w:t>
+        <w:t xml:space="preserve">K01, K02, K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>