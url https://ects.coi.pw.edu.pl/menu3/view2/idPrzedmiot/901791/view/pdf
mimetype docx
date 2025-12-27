--- v0 (2025-10-14)
+++ v1 (2025-12-27)
@@ -872,51 +872,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady działania i właściwości algorytmów indukcji drzew decyzyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1372,121 +1372,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi implementować podstawowe algorytmy uczenia się i stosować je do zadań praktycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>