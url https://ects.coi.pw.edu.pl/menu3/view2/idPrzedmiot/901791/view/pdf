--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -802,211 +802,351 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania i właściwości algorytmów indukcji reguł</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości algorytmów indukcji reguł</w:t>
+        <w:t xml:space="preserve">zna zasady działania i właściwości algorytmów indukcji drzew decyzyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W05, W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania i właściwości klasyfikatorów liniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości algorytmów indukcji drzew decyzyjnych</w:t>
+        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się języków regularnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W06</w:t>
+        <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości klasyfikatorów liniowych</w:t>
+        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1017,460 +1157,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się języków regularnych</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać elementy obliczeniowej teorii uczenia się do oceny złożoności zadań i wymaganej liczby przykładów trenujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
+        <w:t xml:space="preserve">potrafi dokonać analizy przebiegu wykonania algorytmów uczenia się i zweryfikować ich wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać elementy obliczeniowej teorii uczenia się do oceny złożoności zadań i wymaganej liczby przykładów trenujących</w:t>
+        <w:t xml:space="preserve">potrafi oceniać jakość klasyfikatorów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi dokonać analizy przebiegu wykonania algorytmów uczenia się i zweryfikować ich wyniki</w:t>
+        <w:t xml:space="preserve">potrafi implementować podstawowe algorytmy uczenia się i stosować je do zadań praktycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">U07, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>