--- v0 (2025-12-04)
+++ v1 (2025-12-27)
@@ -935,51 +935,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W02, W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1209,67 +1209,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U10, U03, U09</w:t>
+        <w:t xml:space="preserve">U03, U09, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>