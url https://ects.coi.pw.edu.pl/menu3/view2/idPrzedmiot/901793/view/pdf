--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1155,51 +1155,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U02, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>