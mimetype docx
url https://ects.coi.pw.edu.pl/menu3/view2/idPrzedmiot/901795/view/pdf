--- v0 (2025-10-16)
+++ v1 (2025-12-27)
@@ -1573,51 +1573,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U09, U01</w:t>
+        <w:t xml:space="preserve">U01, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1643,51 +1643,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">U07, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2079,341 +2079,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U02, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U10</w:t>
+        <w:t xml:space="preserve">K03, K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla odbiorcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>