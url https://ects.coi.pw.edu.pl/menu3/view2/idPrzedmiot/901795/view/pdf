--- v1 (2025-12-27)
+++ v2 (2026-03-13)
@@ -1159,1331 +1159,1331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania kompilatorów i interpreterów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
+        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania kompilatorów i interpreterów</w:t>
+        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W08, W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W10</w:t>
+        <w:t xml:space="preserve">U01, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
+        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U08, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U06, U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04, U09</w:t>
+        <w:t xml:space="preserve">K01, K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
+        <w:t xml:space="preserve">ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla odbiorcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U04</w:t>
+        <w:t xml:space="preserve">K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...779 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi planować działania projektowe wg wymaganego terminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>