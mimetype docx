--- v0 (2025-12-24)
+++ v1 (2026-01-16)
@@ -1375,51 +1375,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania oraz wzbogacania posiadanej wiedzy i doświadczenia </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1445,51 +1445,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zarządzać projektem informatycznym w sposób przedsiębiorczy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>