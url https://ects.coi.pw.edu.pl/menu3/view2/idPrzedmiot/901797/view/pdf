--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -865,71 +865,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody szacowania pracochłonności realizacji projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, wykonanie zadania projektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody szacowania pracochłonności realizacji projektu</w:t>
+        <w:t xml:space="preserve">zna podstawowe dobre praktyki zarządzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -940,486 +1010,416 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe dobre praktyki zarządzania</w:t>
+        <w:t xml:space="preserve">potrafi stworzyć plan realizacji małego projektu informatycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, wykonanie zadania projektowego</w:t>
+        <w:t xml:space="preserve">wykonanie zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09</w:t>
+        <w:t xml:space="preserve">U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przeprowadzić analizę ryzyka prostego projektu informatycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie zadania projektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi opracować standard dokumentacji projektowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie zadania projektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi współpracować w zespole</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie zadania projektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stworzyć plan realizacji małego projektu informatycznego</w:t>
+        <w:t xml:space="preserve">rozumie skutki złego zarządzania wymaganiami i planowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U08</w:t>
+        <w:t xml:space="preserve">K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania oraz wzbogacania posiadanej wiedzy i doświadczenia </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>