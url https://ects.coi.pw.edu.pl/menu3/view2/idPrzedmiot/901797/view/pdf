--- v2 (2026-02-09)
+++ v3 (2026-03-03)
@@ -865,191 +865,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody szacowania pracochłonności realizacji projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, wykonanie zadania projektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe dobre praktyki zarządzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, wykonanie zadania projektowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>