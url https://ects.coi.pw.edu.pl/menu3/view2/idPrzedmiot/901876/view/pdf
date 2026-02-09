--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -896,51 +896,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SYS_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna struktury układów wykonawczych i pomiarowych urządzeń mechatronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1106,51 +1106,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SYS_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan i tendencje występujące w budowie systemów mechatronicznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>