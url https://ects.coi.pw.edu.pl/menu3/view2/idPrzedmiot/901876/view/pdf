--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1106,51 +1106,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SYS_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan i tendencje występujące w budowie systemów mechatronicznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1536,51 +1536,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SYS_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonać integracji urządzenia mechatronicznego przez właściwy dobór algorytmów sterowania, jednostki sterującej, podzespołów elektronicznych i struktury mechanicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>