--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -936,51 +936,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRSB_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbierać informacje nt. procesów regulacji w systemach biologicznych, dokonywać ich krytycznej oceny  oraz formułować i uzasadniać wnioski </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRSB_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student dowiaduje się  o potrzebie kreatywnego spojrzenia na narzędzia służące do analizy procesów  biologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>