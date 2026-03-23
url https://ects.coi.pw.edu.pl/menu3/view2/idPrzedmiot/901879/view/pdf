--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -920,217 +920,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia sprawdzające w ciągu semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRSB_2st_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbierać informacje nt. procesów regulacji w systemach biologicznych, dokonywać ich krytycznej oceny  oraz formułować i uzasadniać wnioski </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia sprawdzające w ciągu semestru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRSB_2st_U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRSB_2st_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zbierać informacje nt. procesów regulacji w systemach biologicznych, dokonywać ich krytycznej oceny  oraz formułować i uzasadniać wnioski </w:t>
+        <w:t xml:space="preserve">Student dowiaduje się o potrzebie ustawicznego kształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">2 kolokwia sprawdzające w ciągu semestru</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena podczas zajęć </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U07</w:t>
+        <w:t xml:space="preserve">K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRSB_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student dowiaduje się  o potrzebie kreatywnego spojrzenia na narzędzia służące do analizy procesów  biologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>