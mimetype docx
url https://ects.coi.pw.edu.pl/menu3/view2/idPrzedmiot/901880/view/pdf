--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie algorytmy współczesnych narzędzi symulacyjnych wspomagających modelowanie biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_K01: </w:t>
       </w:r>
     </w:p>