--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -841,411 +841,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MWB_2st_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie biomechaniki układu ruchu człowieka, w szczególności generowania siły mięśniowej oraz analizy biomechanicznej w układach statycznie wyznaczalnych i niewyznaczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">1) kolokwium zaliczające, 2) opracowanie pisemne, 3) prezentacja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MWB_2st_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MWB_2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie biomechaniki układu ruchu człowieka, w szczególności generowania siły mięśniowej oraz analizy biomechanicznej w układach statycznie wyznaczalnych i niewyznaczalnych.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z publikacji naukowych w celu analizowania obecnego stanu wiedzy w zakresie modelowania biomechaniki układu mięśniowo-szkieletowego człowieka. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">1) kolokwium zaliczające, 2) opracowanie pisemne, 3) prezentacja</w:t>
+        <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MWB_2st_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MWB_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z publikacji naukowych w celu analizowania obecnego stanu wiedzy w zakresie modelowania biomechaniki układu mięśniowo-szkieletowego człowieka. </w:t>
+        <w:t xml:space="preserve">Potrafi zaprezentować tematykę wybranych publikacji naukowych i zaproponować kierunki dalszych badań w dziedzinie biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MWB_2st_U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MWB_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprezentować tematykę wybranych publikacji naukowych i zaproponować kierunki dalszych badań w dziedzinie biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
+        <w:t xml:space="preserve">Umie samodzielnie zdobywać nowe umiejętności w zakresie modelowania biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MWB_2st_U03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MWB_2st_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie samodzielnie zdobywać nowe umiejętności w zakresie modelowania biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
+        <w:t xml:space="preserve">Potrafi zbudować model i przeprowadzić symulację zdefiniowanego funkcjonowania układu mięśniowo-szkieletowego człowieka. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja </w:t>
+        <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_K01: </w:t>
       </w:r>
     </w:p>