--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -841,51 +841,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie biomechaniki układu ruchu człowieka, w szczególności generowania siły mięśniowej oraz analizy biomechanicznej w układach statycznie wyznaczalnych i niewyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>