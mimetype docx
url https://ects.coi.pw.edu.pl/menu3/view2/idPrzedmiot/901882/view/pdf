--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -826,217 +826,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona wyników opracowanego projektu zwłaszcza przy wykorzystaniu gotowych bloków dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07, K_W08, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W01, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MISOM_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady rozwiązywania i modelowania zmienności procesów opisanych analitycznie w formie równań różniczkowych, różnicowych oraz struktur rozmytych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykorzystanie efektywne ww mechanizmów przy badaniu współdziałania zespołów konstrukcji mechanicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MISOM_3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MISOMU_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady rozwiązywania i modelowania zmienności procesów opisanych analitycznie w formie równań różniczkowych, różnicowych oraz struktur rozmytych</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność przeanalizowania zmian i reakcji złożonych układów dynamicznych, utworzenia wspólnego opisu oraz przebadania reakcji złożonych systemów w warunkach różnorodnych sytuacji eksploatacyjnych i granicznych warunkach pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykorzystanie efektywne ww mechanizmów przy badaniu współdziałania zespołów konstrukcji mechanicznych</w:t>
+        <w:t xml:space="preserve">Dyskusja i obrona przedstawionego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W13</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOMS_1: </w:t>
       </w:r>
     </w:p>