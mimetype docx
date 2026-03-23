--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona wyników opracowanego projektu zwłaszcza przy wykorzystaniu gotowych bloków dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W01, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W13, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>