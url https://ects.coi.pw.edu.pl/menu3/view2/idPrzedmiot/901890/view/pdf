--- v0 (2025-12-24)
+++ v1 (2026-01-16)
@@ -1075,191 +1075,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MSOP_2st_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować wyniki prac eksperymentalnych dotyczących pomiarów odchylenia od pionu i przedstawić ich wyniki w formie liczbowej i graficznej, wyciągając właściwe wnioski</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zatwierdzenie opracowanych sprawozdań z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MSOP_2st_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zastosować technikę optoelektroniczną przy projektowaniu różnych typów czujników odchylenia od pionu, w tym inkrementalnych, oraz podczas prowadzenia ich badań przy wykorzystaniu odpowiednich</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów z materiału omawianego na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSOP_2st_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować układ pomiarowy do wyznaczania odchylenia od pionu przy zastosowaniu akcelerometrów MEMS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>