--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -1215,51 +1215,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSOP_2st_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować układ pomiarowy do wyznaczania odchylenia od pionu przy zastosowaniu akcelerometrów MEMS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>