--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -1145,51 +1145,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSOP_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować technikę optoelektroniczną przy projektowaniu różnych typów czujników odchylenia od pionu, w tym inkrementalnych, oraz podczas prowadzenia ich badań przy wykorzystaniu odpowiednich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>