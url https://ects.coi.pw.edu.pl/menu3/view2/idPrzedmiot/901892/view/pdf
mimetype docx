--- v0 (2026-01-16)
+++ v1 (2026-03-24)
@@ -847,67 +847,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie urządzenia i zaliczenie raportu z realizacji pracowni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U10, K_U11, K_U16</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MIUM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i uruchomić stanowisko pozwalające na wyznaczenie wybranych wielkości fizycznych charakteryzujących pracę opracowanego urządzenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>