--- v0 (2025-12-01)
+++ v1 (2026-02-10)
@@ -928,51 +928,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>