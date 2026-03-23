--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -944,51 +944,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSYP_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty symulacyjne ukierunkowane na praktyczną optymalizację budowy mechatronicznego układu pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>