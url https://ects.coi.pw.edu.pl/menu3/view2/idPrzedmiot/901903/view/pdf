--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z zadań laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TiPMES_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować model fizyczny, matematyczny oraz rozwiązać model numeryczny wybranego zjawiska mechatronicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1059,67 +1059,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z zadania własnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TiPMES_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport zawierający opis obliczonego przy użyciu MES modelu oraz analizę otrzymanych wyników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>