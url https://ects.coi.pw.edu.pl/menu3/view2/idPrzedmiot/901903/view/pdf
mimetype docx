--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1059,67 +1059,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z zadania własnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U01, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TiPMES_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport zawierający opis obliczonego przy użyciu MES modelu oraz analizę otrzymanych wyników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>