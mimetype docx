--- v0 (2025-12-02)
+++ v1 (2026-02-10)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test, zadania laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę z zakresie oceny oraz dokumentowania przeprowadzonych badań i analiz drgań układów mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1128,67 +1128,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_K01: </w:t>
       </w:r>
     </w:p>