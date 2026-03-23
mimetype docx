--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -1074,121 +1074,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DiF_2st_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty symulacyjne mające na celu analizę drgań układu mechatronicznego, przedstawić ich wyniki w formie liczbowej i graficznej, wyciągnąć wnioski</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zadania laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_K01: </w:t>
       </w:r>
     </w:p>