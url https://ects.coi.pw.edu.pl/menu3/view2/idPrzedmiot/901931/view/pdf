--- v0 (2025-12-02)
+++ v1 (2026-01-16)
@@ -776,51 +776,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W07, K_W08, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>