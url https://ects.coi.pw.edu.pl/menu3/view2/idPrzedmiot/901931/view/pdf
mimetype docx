--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -776,51 +776,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W07, K_W08, K_W11</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1012,51 +1012,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PTRTG_2st_K01: </w:t>
       </w:r>
     </w:p>