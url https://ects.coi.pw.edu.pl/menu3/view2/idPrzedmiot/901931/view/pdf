--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -792,271 +792,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PTRTG _2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie zalety oraz możliwości pomiarowe przemysłowych tomografów rentgenowskich.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PTRTG _2st_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PTRTG _2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie zalety oraz możliwości pomiarowe przemysłowych tomografów rentgenowskich.  </w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje ze źródełnaukowych związane z przemysłową tomografią komputerową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
+        <w:t xml:space="preserve">Zaliczenie kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PTRTG _2st_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PTRTG_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje ze źródełnaukowych związane z przemysłową tomografią komputerową</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać poprawne parametry pomiarowe w zależności od rodzaju mierzonego obiektu oraz przeprowadzić jego analizę .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie kolokwium</w:t>
+        <w:t xml:space="preserve">Zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PTRTG_2st_K01: </w:t>
       </w:r>
     </w:p>