--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U03, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U13, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_K01: </w:t>
       </w:r>
     </w:p>