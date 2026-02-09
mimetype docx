--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza z zakresu konstrukcji układów pomiarowych oraz przetwarzania wyników pomiarów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U13, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_K01: </w:t>
       </w:r>
     </w:p>