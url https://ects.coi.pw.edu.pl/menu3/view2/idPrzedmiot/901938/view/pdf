--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza z zakresu konstrukcji układów pomiarowych oraz przetwarzania wyników pomiarów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>