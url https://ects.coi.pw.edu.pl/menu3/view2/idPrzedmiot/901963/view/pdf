--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -990,51 +990,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1070,67 +1070,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie zadań realizowanych w ramach laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U10, K_U19</w:t>
+        <w:t xml:space="preserve">K_U19, K_U01, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesoroym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>