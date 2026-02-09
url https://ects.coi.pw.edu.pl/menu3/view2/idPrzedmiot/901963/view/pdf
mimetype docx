--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -780,357 +780,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMM_2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie realizacji sterowania w układzie mikroprocesorowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, zaliczenie zadań w ramach laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SMM_2st_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SMM_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie realizacji sterowania w układzie mikroprocesorowym.</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat sposobów komunikacji systemu mikroprocesorowego z otoczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie zadań w ramach laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMM_2st_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia związane z działaniem i wykorzystaniem systemów czasu rzeczywistego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SMM_2st_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SMM_2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat sposobów komunikacji systemu mikroprocesorowego z otoczeniem.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować, sprawdzić i uruchomić w układzie mikropocesorowym algorytm sterowania pracą aktuatora na podstawie informacji z czujnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, zaliczenie zadań w ramach laboratorium</w:t>
+        <w:t xml:space="preserve">zaliczenie zadań realizowanych w ramach laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U10, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesoroym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>