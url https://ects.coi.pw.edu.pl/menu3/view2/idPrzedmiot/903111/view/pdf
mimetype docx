--- v0 (2025-12-27)
+++ v1 (2026-01-11)
@@ -761,67 +761,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać środki ochrony podstawowych wolności i praw oraz zasady ich wykorzystania (w tym: środki dostępu do sądu, skarga konstytucyjna do Trybunału Konstytucyjnego, skarga do Rzecznika Praw Obywatelskich, skargi do instancji międzynarodowych, w szczególności Europejskiego Trybunału Praw Człowieka).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -852,51 +852,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
@@ -1074,51 +1074,51 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kompetencja studenta będzie sprawdzana podczas dyskusji na zajęciach na temat
 omawianych problemów, a także poprzez rozwiązywanie kazusów i innych prac pisemnych
 oraz w drodze kolokwium zaliczeniowego. Student powinien wykazać się zdolnością
 samodzielnego formułowania uargumentowanego stanowiska na temat wagi i
 znaczenia gwarancji instytucjonalnych i proceduralnych w zakresie ochrony podstawowych praw i wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>