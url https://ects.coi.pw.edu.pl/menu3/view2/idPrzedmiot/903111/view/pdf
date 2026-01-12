--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -761,67 +761,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać środki ochrony podstawowych wolności i praw oraz zasady ich wykorzystania (w tym: środki dostępu do sądu, skarga konstytucyjna do Trybunału Konstytucyjnego, skarga do Rzecznika Praw Obywatelskich, skargi do instancji międzynarodowych, w szczególności Europejskiego Trybunału Praw Człowieka).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>