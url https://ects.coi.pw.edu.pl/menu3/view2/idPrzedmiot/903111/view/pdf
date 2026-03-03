--- v2 (2026-01-12)
+++ v3 (2026-03-03)
@@ -836,67 +836,67 @@
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad
 omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie
 merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również
 umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub
 opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie
 miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>