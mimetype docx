--- v0 (2025-12-04)
+++ v1 (2025-12-28)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i prezentacja na 13/14 zajęciach problemowego  case study analizującego strategię komunikacyjną/działania komunikacyjne wybranej lokalnej instytucji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą warunków i okoliczności wpływających na skuteczność komunikacji w społecznościach loklanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -941,51 +941,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii w komunikowaniu się w ramach społeczności lokalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>