--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -790,51 +790,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą warunków i okoliczności wpływających na skuteczność komunikacji w społecznościach loklanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>