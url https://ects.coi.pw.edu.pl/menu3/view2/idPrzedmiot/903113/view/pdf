--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i prezentacja na 13/14 zajęciach problemowego  case study analizującego strategię komunikacyjną/działania komunikacyjne wybranej lokalnej instytucji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą warunków i okoliczności wpływających na skuteczność komunikacji w społecznościach loklanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,51 +925,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i prezentacja na 13/14 zajęciach problemowego  case study analizującego strategię komunikacyjną/działania komunikacyjne wybranej lokalnej instytucji publicznej.
 Aktywny udział w zajęciach (realizacja zadań i poleceń w trakcie zajęć).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>