--- v3 (2026-03-02)
+++ v4 (2026-03-24)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i prezentacja na 13/14 zajęciach problemowego  case study analizującego strategię komunikacyjną/działania komunikacyjne wybranej lokalnej instytucji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą warunków i okoliczności wpływających na skuteczność komunikacji w społecznościach loklanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,51 +925,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i prezentacja na 13/14 zajęciach problemowego  case study analizującego strategię komunikacyjną/działania komunikacyjne wybranej lokalnej instytucji publicznej.
 Aktywny udział w zajęciach (realizacja zadań i poleceń w trakcie zajęć).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1077,51 +1077,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i prezentacja na 13/14 zajęciach problemowego  case study analizującego strategię komunikacyjną/działania komunikacyjne wybranej lokalnej instytucji publicznej.
 Aktywny udział w zajęciach (realizacja zadań i poleceń w trakcie zajęć).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>