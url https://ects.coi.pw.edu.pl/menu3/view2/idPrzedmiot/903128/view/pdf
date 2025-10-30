--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -780,71 +780,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wielkości (parametry) charakteryzujące systemy telekomunikacyjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wielkości (parametry) charakteryzujące systemy telekomunikacyjne</w:t>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe systemów telekomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -863,58 +933,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe systemów telekomunikacyjnych</w:t>
+        <w:t xml:space="preserve">Rozumie procesy zachodzące w systemach telekomunikacyjnych ze szczególnym uwzględnieniem specyfiki zastosowań ich w transporcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -933,258 +1003,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie procesy zachodzące w systemach telekomunikacyjnych ze szczególnym uwzględnieniem specyfiki zastosowań ich w transporcie</w:t>
+        <w:t xml:space="preserve">Zna zastosowanie elementów i układów stosowanych w systemach telekomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zastosowanie elementów i układów stosowanych w systemach telekomunikacyjnych</w:t>
+        <w:t xml:space="preserve">Potrafi stosować odpowiednie metody do analizy systemów telekomunikacyjnych stosowanych w transporcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność różnych systemów telekomunikacyjnych w przedsiębiorstwach transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>