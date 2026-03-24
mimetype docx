--- v1 (2025-10-30)
+++ v2 (2026-03-24)
@@ -780,51 +780,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wielkości (parametry) charakteryzujące systemy telekomunikacyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>