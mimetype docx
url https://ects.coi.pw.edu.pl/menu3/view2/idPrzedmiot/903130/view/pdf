--- v0 (2026-02-09)
+++ v1 (2026-03-23)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna własności podstawowych materiałów konstrukcyjnych i możliwości ich zastosowania w budowie maszyn. Ma wiedzę w zakresie parametrów wytrzymałościowych charakteryzujących materiały konstrukcyjne. Posiada wiedzę na temat rodzajów obciążeń, obliczania naprężeń rzeczywistych i dopuszczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -949,67 +949,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, rozmowa;  dyskusja o obliczeniach wykonanych w projekcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować koła zębate do przekładni o zadanych parametrach. Ma wiedzę o przekładniach zębatych oraz metodyce obliczeń wytrzymałościowych przekładni zębatej. Zna i rozumie metodykę projektowania wałów maszynowych do prostej konstrukcji (typu przekładnia zębata pojedyncza). Zna wielkości charakteryzujące łożyska toczne oraz ma umiejętność doboru łożysk tocznych z normy (katalogu) do zadanej konstrukcji maszynowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>