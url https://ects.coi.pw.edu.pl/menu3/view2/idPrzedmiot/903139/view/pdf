--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie budowy przyrządów, narzędzi pomiarowych oraz czujników i przetworników do pomiaru wielkości elektrycznych metodami elektrycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -885,67 +885,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwa kolokwia. Każde zawiera 6 pytań otwartych. Należy odpowiedzieć na 4 pytania, aby zaliczyć. 
 Ocena podsumowująca: egzamin - 6 pytań otwartych. Należy odpowiedzieć na 4 pytania. Przedmiot można zaliczyć dwoma kolokwiami na min ocenę 4.0 lub napisać egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>