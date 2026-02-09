--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -885,67 +885,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwa kolokwia. Każde zawiera 6 pytań otwartych. Należy odpowiedzieć na 4 pytania, aby zaliczyć. 
 Ocena podsumowująca: egzamin - 6 pytań otwartych. Należy odpowiedzieć na 4 pytania. Przedmiot można zaliczyć dwoma kolokwiami na min ocenę 4.0 lub napisać egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W03</w:t>
+        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>