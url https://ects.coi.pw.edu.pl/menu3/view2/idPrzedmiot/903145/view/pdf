--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -966,71 +966,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1049,178 +1119,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transportu</w:t>
+        <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować środek transportu zgodnie z poznaną klasyfikacją oraz określić jego przeznaczenie transportowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+        <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozpoznać podstawowe zespoły (rozłożyć na zespoły składowe) środków transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>