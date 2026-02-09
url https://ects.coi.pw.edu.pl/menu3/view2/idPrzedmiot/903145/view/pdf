--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -966,51 +966,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>