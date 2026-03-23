--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1036,51 +1036,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>