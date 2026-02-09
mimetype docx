--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1050,67 +1050,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń 1-3 i 4-6 zawierają po 6 pytań otwartych (max. 10 pkt.), z których po 2 dotyczą efektu U02, wymagana częściowa odpowiedź na każde z nich, tzn. co najmniej 50%.
 Minimalna liczba punktów z każdego kolokwium  niezbędna do zaliczenia 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U19</w:t>
+        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić stopień ergonomicznego dostosowania  stanowisk i warunków pracy do potrzeb pracownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>