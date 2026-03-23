--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U19, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić stopień ergonomicznego dostosowania  stanowisk i warunków pracy do potrzeb pracownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>