--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -899,121 +899,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą podstawowych problemów bezpieczeństwa konstrukcji i eksplaoatacji płatowca latających środków transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - egzamin w formie pisemnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>