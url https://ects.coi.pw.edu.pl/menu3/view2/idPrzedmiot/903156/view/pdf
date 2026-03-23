--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę teoretyczną dotyczącą podstawowych problemów bezpieczeństwa konstrukcji i eksplaoatacji płatowca latających środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>