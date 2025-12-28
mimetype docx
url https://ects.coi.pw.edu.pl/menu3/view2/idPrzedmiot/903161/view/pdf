--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U10, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać symulacje komputerowe z wykorzystaniem technik CAD/MES, interpretować uzyskane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>