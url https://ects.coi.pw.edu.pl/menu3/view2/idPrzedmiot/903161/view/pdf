--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -963,51 +963,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian umiejętności - wykonanie zadania w systemie CAD z wykorzystaniem komputera. Wymagane jest otrzymanie 6 pkt. z możliwych 10.  Ocena fakultatywna - projekt indywidualny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>