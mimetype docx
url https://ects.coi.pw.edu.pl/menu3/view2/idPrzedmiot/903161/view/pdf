--- v2 (2026-02-09)
+++ v3 (2026-03-25)
@@ -963,51 +963,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian umiejętności - wykonanie zadania w systemie CAD z wykorzystaniem komputera. Wymagane jest otrzymanie 6 pkt. z możliwych 10.  Ocena fakultatywna - projekt indywidualny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>