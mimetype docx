--- v0 (2025-10-06)
+++ v1 (2025-11-02)
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenie podlega  10 ćwiczeń w ramach których wymagane jest wykonanie wirtualnych modeli, przeprowadzenie analiz oraz prezentacja  i wyjaśnienie otrzymanych wyników symulacji /na ocenę dostateczną wymagane jest zdobycie 6 z 10 (lub 12 z 20) możliwych punktów z każdego z ocenianych ćwiczeń/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  zaplanować i przeprowadzić analizę kinematyczną i dynamiczną prostych mechanizmów wykorzystując współczesne narzędzia. Potrafi  prezentować i interpretować uzyskane wyniki analiz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>