--- v0 (2025-10-09)
+++ v1 (2025-12-28)
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 51% odpowiedzi na kilka pytań do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w grupie, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>