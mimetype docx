--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o budowie i funkcjonowaniu układów silnika. Zna charakterystyki silników trakcyjnych oraz podstawowe metody ich badań empirycznych. Ma wiedzę o przyczynach zanieczyszczenia środowiska przez pojazdy samochodowe i możliwości jego ograniczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>