--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -766,51 +766,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o budowie i funkcjonowaniu układów silnika. Zna charakterystyki silników trakcyjnych oraz podstawowe metody ich badań empirycznych. Ma wiedzę o przyczynach zanieczyszczenia środowiska przez pojazdy samochodowe i możliwości jego ograniczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność przedstawiania schematycznego układów silnika i prezentowania charakterystyk silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>