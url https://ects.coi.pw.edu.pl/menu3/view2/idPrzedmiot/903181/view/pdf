--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -839,67 +839,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwia, forma pisemna, laboratoria – 2 kolokwia w formie pisemnej i sprawozdania na ocenę, Ocena pozytywna, poprawna odpowiedź na minimum na 50 % pytań związanych z efektem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U25, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U18, Tr1A_U22, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>