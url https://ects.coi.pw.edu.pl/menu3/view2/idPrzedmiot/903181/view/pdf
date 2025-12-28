--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>