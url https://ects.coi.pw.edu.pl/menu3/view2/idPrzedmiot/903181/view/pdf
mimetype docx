--- v2 (2025-12-28)
+++ v3 (2026-03-22)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -839,51 +839,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwia, forma pisemna, laboratoria – 2 kolokwia w formie pisemnej i sprawozdania na ocenę, Ocena pozytywna, poprawna odpowiedź na minimum na 50 % pytań związanych z efektem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U18, Tr1A_U22, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U25, Tr1A_U09, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>