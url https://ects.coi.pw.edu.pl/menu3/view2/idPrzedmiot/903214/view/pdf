--- v0 (2026-02-09)
+++ v1 (2026-03-23)
@@ -963,67 +963,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia 2 kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U20, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U03, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy rozwiązań układowych elementów systemu trakcji elektrycznej pod względem własności i jakości warunków ruchu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia 2 kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U11, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U09, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>