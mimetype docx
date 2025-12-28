--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -1106,51 +1106,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy projektowej w zakresie poprawności wnioskowania oraz rozmowa podczas obrony projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>