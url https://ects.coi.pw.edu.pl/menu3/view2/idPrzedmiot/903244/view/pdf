--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -1036,137 +1036,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy projektowej w zakresie wymiarowania procesów transportowych ze względu na wydajność i koszty, w tym poprawności zrealizowanych obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi porównać technologie transportu samochodowego ze względu na wydajność i koszty transportu, jak również całkowite koszty logistyczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy projektowej w zakresie poprawności wnioskowania oraz rozmowa podczas obrony projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>