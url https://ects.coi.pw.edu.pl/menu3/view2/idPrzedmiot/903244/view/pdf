--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -896,51 +896,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy projektowej w zakresie zaprojektowanych jednostek ładunkowych i rozmieszczenia ładunku w pojeździe. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy projektowej w zakresie wymiarowania procesów transportowych ze względu na wydajność i koszty, w tym poprawności zrealizowanych obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi porównać technologie transportu samochodowego ze względu na wydajność i koszty transportu, jak również całkowite koszty logistyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>