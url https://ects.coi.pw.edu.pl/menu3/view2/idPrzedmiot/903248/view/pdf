--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -831,51 +831,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie obciążenia elementów infrastruktury wewnętrznej przedsiębiorstw produkcyjnych i dystrybucyjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin pisemny w formie pytań otwartych, lub testowych; ćwiczenia  – przygotowanie i obrona samodzielnie wykonanego zadania. Minimalne wymagania przedstawiono w części C opisu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przekazać rozwiązanie przestrzenne obiektu inżynierskiego (układu dróg) w postaci rysunku technicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>