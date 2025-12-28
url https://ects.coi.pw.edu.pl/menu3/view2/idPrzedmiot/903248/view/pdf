--- v1 (2025-10-31)
+++ v2 (2025-12-28)
@@ -901,51 +901,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o zagrożeniach występujących na drogach wewnętrznych i placach ładunkowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin pisemny w formie pytań otwartych, lub testowych; ćwiczenia  – przygotowanie i obrona samodzielnie wykonanego zadania. Minimalne wymagania przedstawiono w części C opisu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przekazać rozwiązanie przestrzenne obiektu inżynierskiego (układu dróg) w postaci rysunku technicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>