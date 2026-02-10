--- v2 (2025-12-28)
+++ v3 (2026-02-10)
@@ -761,191 +761,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady uwzględniania rzeżby terenu przy projektowaniu dróg wewnętrznych i placów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład – egzamin pisemny w formie pytań otwartych lub testowych. Minimalne wymagania przedstawiono w części C opisu przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady uwzględniania rzeżby terenu przy projektowaniu dróg wewnętrznych i placów </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie obciążenia elementów infrastruktury wewnętrznej przedsiębiorstw produkcyjnych i dystrybucyjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin pisemny w formie pytań otwartych lub testowych. Minimalne wymagania przedstawiono w części C opisu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o zagrożeniach występujących na drogach wewnętrznych i placach ładunkowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>