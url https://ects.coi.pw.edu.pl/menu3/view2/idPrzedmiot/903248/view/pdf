--- v3 (2026-02-10)
+++ v4 (2026-03-27)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady uwzględniania rzeżby terenu przy projektowaniu dróg wewnętrznych i placów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,51 +1051,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przekazać rozwiązanie przestrzenne obiektu inżynierskiego (układu dróg) w postaci rysunku technicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>