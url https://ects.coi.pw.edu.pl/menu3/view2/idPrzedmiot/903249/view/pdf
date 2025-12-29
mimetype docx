--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o zagrożeniach występujących w funkcjonującym obiekcie produkcyjnym lub dystrybucyjnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemne w formie pytań zamkniętych lub testowych; ćwiczenia projektowe – przygotowanie i obrona samodzielnie wykonanego zadania projektowego. Minimalne wymagania przedstawiono w części C opisu przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszczególnić najważniejsze parametry obiektów inżynierskich istotne z punktu widzenia zastosowanego rodzaju transportu wewnętrznego i magazynowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>