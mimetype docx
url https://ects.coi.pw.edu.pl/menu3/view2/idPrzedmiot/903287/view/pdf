--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -821,411 +821,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres informacji zawartych w podstawowych dokumentach projektowych urządzeń srk (plan schematyczny i zapis zależności).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres informacji zawartych w podstawowych dokumentach projektowych urządzeń srk (plan schematyczny i zapis zależności).</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie używać pojęć dotyczących sterowania ruchem kolejowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi poprawnie używać pojęć dotyczących sterowania ruchem kolejowym.</w:t>
+        <w:t xml:space="preserve">Potrafi zinterpretować zawartość informacyjną podstawowych dokumentów projektu urządzeń srk (plan schematyczny i zapis zależności).Potrafi zinterpretować sygnały przekazywane przez sygnalizator przytorowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zinterpretować zawartość informacyjną podstawowych dokumentów projektu urządzeń srk (plan schematyczny i zapis zależności).Potrafi zinterpretować sygnały przekazywane przez sygnalizator przytorowy.</w:t>
+        <w:t xml:space="preserve">Potrafi uzasadnić potrzebą stosowania urządzeń: - mechanicznych ręcznych (kluczowych), - półsamoczynnej blokady liniowej.Potrafi określić zakres informacji niezbędnych do prowadzenia ruchu.Potrafi uzasadnić potrzebę i sposób kontroli niezajętości torów i rozjazdów.Potrafi uzasadnić potrzebę i sposób kontroli przejazdu pojazdu szynowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U14, Tr1A_U18, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi uzasadnić potrzebą stosowania urządzeń: - mechanicznych ręcznych (kluczowych), - półsamoczynnej blokady liniowej.Potrafi określić zakres informacji niezbędnych do prowadzenia ruchu.Potrafi uzasadnić potrzebę i sposób kontroli niezajętości torów i rozjazdów.Potrafi uzasadnić potrzebę i sposób kontroli przejazdu pojazdu szynowego.</w:t>
+        <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U18, Tr1A_U20, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U22, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>