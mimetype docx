--- v1 (2025-11-01)
+++ v2 (2026-01-10)
@@ -821,51 +821,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zakres informacji zawartych w podstawowych dokumentach projektowych urządzeń srk (plan schematyczny i zapis zależności).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1095,137 +1095,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U14, Tr1A_U18, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U20, Tr1A_U06, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U18, Tr1A_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>