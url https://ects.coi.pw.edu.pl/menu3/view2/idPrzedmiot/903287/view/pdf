--- v2 (2026-01-10)
+++ v3 (2026-02-09)
@@ -1025,137 +1025,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi uzasadnić potrzebą stosowania urządzeń: - mechanicznych ręcznych (kluczowych), - półsamoczynnej blokady liniowej.Potrafi określić zakres informacji niezbędnych do prowadzenia ruchu.Potrafi uzasadnić potrzebę i sposób kontroli niezajętości torów i rozjazdów.Potrafi uzasadnić potrzebę i sposób kontroli przejazdu pojazdu szynowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U14, Tr1A_U18, Tr1A_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>