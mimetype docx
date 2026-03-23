--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi uzasadnić potrzebą stosowania urządzeń: - mechanicznych ręcznych (kluczowych), - półsamoczynnej blokady liniowej.Potrafi określić zakres informacji niezbędnych do prowadzenia ruchu.Potrafi uzasadnić potrzebę i sposób kontroli niezajętości torów i rozjazdów.Potrafi uzasadnić potrzebę i sposób kontroli przejazdu pojazdu szynowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U14, Tr1A_U18, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U06, Tr1A_U14, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>