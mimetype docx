--- v1 (2025-10-31)
+++ v2 (2025-12-28)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do zrozumienia podstawowych zjawisk fizycznych występujących w układach i systemach cyfrowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,51 +837,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę z zakresu strukturalnej zawodności  układów i systemów cyfrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>