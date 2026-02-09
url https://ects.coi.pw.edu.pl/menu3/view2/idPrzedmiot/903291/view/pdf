--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -837,51 +837,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę z zakresu strukturalnej zawodności  układów i systemów cyfrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,51 +907,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę związaną z metodyką projektowania kombinacyjnych i sekwencyjnych cyfrowych układów sterowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>