--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -750,67 +750,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny zawierający od 4-6 pytań oraz ewentualnie egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie zasadę działania oraz system recyklingu samochodów w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,51 +1186,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1336,51 +1336,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane metody i zasady recyklingu do oceny działania systemu recyklingu w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>