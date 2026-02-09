--- v1 (2025-10-30)
+++ v2 (2026-02-09)
@@ -976,261 +976,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie stosowanych urządzeń do recyklingu pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny zawierający od 4-6 pytań oraz ewentualnie egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie stosowanych urządzeń do recyklingu pojazdów samochodowych</w:t>
+        <w:t xml:space="preserve">Zna trendy rozwojowe w budowie samochodów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny zawierający od 4-6 pytań oraz ewentualnie egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna trendy rozwojowe w budowie samochodów</w:t>
+        <w:t xml:space="preserve">Ma uporządkowana wiedzę z zakresu oddziaływania szkodliwych materiałów eksploatacyjnych samochodów na środowisko naturalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny zawierający od 4-6 pytań oraz ewentualnie egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>