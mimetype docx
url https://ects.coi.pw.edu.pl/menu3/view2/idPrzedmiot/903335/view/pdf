--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -820,67 +820,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny zawierający od 4-6 pytań oraz ewentualnie egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie recyklingu poszczególnych rodzajów materiałów i zespołów stosowanych w budowie samochodów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie stosowanych urządzeń do recyklingu pojazdów samochodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1390,51 +1390,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny zawierający 4-6 pytań oraz ewentualnie egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U17, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>