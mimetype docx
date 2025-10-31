--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -758,121 +758,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie parametry charakteryzujące sprzęt komputerowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe rodzaje oraz elementy systemów operacyjnych, aplikacji systemowych oraz użytkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>