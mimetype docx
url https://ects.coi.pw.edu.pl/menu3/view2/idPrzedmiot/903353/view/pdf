--- v1 (2025-10-31)
+++ v2 (2026-02-08)
@@ -758,191 +758,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie parametry charakteryzujące sprzęt komputerowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe rodzaje oraz elementy systemów operacyjnych, aplikacji systemowych oraz użytkowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Komputerowy test składający się z pytań zamkniętych, wymagana jest poprawna odpowiedź na co najmniej 50% z liczby pytań odnoszących się do danego efektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna rodzaje sieci komputerowych, sposoby adresacji urządzeń oraz przeznaczenie podstawowych protokołów sieciowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>