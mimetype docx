--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -898,51 +898,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna rodzaje sieci komputerowych, sposoby adresacji urządzeń oraz przeznaczenie podstawowych protokołów sieciowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>