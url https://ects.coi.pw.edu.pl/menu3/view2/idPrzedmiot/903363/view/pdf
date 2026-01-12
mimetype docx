--- v0 (2025-10-06)
+++ v1 (2026-01-12)
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
+        <w:t xml:space="preserve">Tr1A_W01, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna praktyczne zastosowanie programowania dynamicznego  do rozwiązywania zagadnień optymalizacyjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>