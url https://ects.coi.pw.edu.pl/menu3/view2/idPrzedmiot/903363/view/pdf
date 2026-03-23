--- v1 (2026-01-12)
+++ v2 (2026-03-23)
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (część teoretyczna + część praktyczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W01, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie konstrukcji sieci czynnościowych, optymalizacji kosztów planowania i realizacji przedsięwzięć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>