--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby pomiaru naprężeń i odkształceń płaskich elementów, podstawy obliczeń sił i przemieszczeń w kratownicach oraz zjawisko wyboczenia prętów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1177,67 +1177,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych i komputerowych.         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U08, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wybrać i zastosować metodę oraz układ pomiarowy, odpowiednio do mierzonych w badanym układzie wielkości mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1248,67 +1248,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U21, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>