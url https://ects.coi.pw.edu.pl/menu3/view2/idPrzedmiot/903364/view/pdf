--- v1 (2025-10-31)
+++ v2 (2026-01-12)
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe: typowego stanowiska pomiarowego do badania tarcia statycznego i kinetycznego wybranych par materiałów oraz urządzenia do badania drgań swobodnych o jednym stopniu swobody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1177,67 +1177,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych i komputerowych.         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U08, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wybrać i zastosować metodę oraz układ pomiarowy, odpowiednio do mierzonych w badanym układzie wielkości mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1248,67 +1248,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>