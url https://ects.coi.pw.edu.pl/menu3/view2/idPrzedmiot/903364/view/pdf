--- v2 (2026-01-12)
+++ v3 (2026-02-08)
@@ -902,191 +902,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe: typowego stanowiska pomiarowego do badania tarcia statycznego i kinetycznego wybranych par materiałów oraz urządzenia do badania drgań swobodnych o jednym stopniu swobody.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja wiedzy dotyczącej tarcia statycznego i kinetycznego wybranych par materiałów oraz drgań mechanicznych oraz wielkości opisujących je - udzielnie min. 60 % prawidłowych odpowiedzi na kolokwium pisemnym oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości momentów bezwładności brył i figur płaskich oraz właściwości niewyrównoważenia statycznego i dynamicznego elementów wirujących.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja wiedzy dotyczącej momentów bezwładności - udzielnie min. 60 % prawidłowych odpowiedzi na kolokwium pisemnym oraz otrzymanie min. oceny dostatecznej za sprawozdanie podczas: zajęć laboratoryjnych i komputerowych.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby i metody analizy ruchu płaskiego na przykładzie toczącej się bryły sztywnej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1248,67 +1248,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1319,51 +1319,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych i komputerowych.   
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U11, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U10, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>