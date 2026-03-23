--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -1319,67 +1319,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie aktywnego uczestnictwa  w zajęciach oraz otrzymanie min. oceny dostatecznej za sprawozdanie. Weryfikacja wiedzy podczas: zajęć laboratoryjnych i komputerowych.   
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U10, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U21, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>