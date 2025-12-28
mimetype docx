--- v0 (2025-10-08)
+++ v1 (2025-12-28)
@@ -833,325 +833,325 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wielkości fizyczne opisujące cechy pojazdu jako całości oraz wybrane charakterystyki jego układów i podukładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wielkości fizyczne opisujące cechy pojazdu jako całości oraz wybrane charakterystyki jego układów i podukładów.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat przetwarzania i opracowywania wyników pomiarów z uwzględnieniem zasad aproksymacji, ekstrapolacji i interpolacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat przetwarzania i opracowywania wyników pomiarów z uwzględnieniem zasad aproksymacji, ekstrapolacji i interpolacji.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się podstawowymi terminami, definicjami i określeniami stosowanymi w badaniach pojazdów samochodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W03</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się podstawowymi terminami, definicjami i określeniami stosowanymi w badaniach pojazdów samochodowych.</w:t>
+        <w:t xml:space="preserve">Umie wykorzystywać metody, techniki i urządzenia do identyfikacji wybranych własności pojazdu samochodowego, jego układów i podukładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U02</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U09, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>