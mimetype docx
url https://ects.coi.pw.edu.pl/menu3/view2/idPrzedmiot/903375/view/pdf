--- v1 (2025-12-28)
+++ v2 (2026-03-26)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wielkości fizyczne opisujące cechy pojazdu jako całości oraz wybrane charakterystyki jego układów i podukładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>