--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -994,51 +994,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zastosowanie elementów i układów stosowanych w systemach telekomunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>