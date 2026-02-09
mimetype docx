--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -854,191 +854,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe systemów telekomunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium: część teoretyczna - wymagane jest udzielenie odpowiedzi na przynajmniej połowę pytań dotyczących danego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe systemów telekomunikacyjnych.</w:t>
+        <w:t xml:space="preserve">Rozumie procesy zachodzące w systemach telekomunikacyjnych ze szczególnym uwzględnieniem specyfiki zastosowań ich w transporcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium: część teoretyczna - wymagane jest udzielenie odpowiedzi na przynajmniej połowę pytań dotyczących danego zagadnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zastosowanie elementów i układów stosowanych w systemach telekomunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>