--- v2 (2026-02-09)
+++ v3 (2026-03-25)
@@ -854,261 +854,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe systemów telekomunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium: część teoretyczna - wymagane jest udzielenie odpowiedzi na przynajmniej połowę pytań dotyczących danego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie procesy zachodzące w systemach telekomunikacyjnych ze szczególnym uwzględnieniem specyfiki zastosowań ich w transporcie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium: część teoretyczna - wymagane jest udzielenie odpowiedzi na przynajmniej połowę pytań dotyczących danego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zastosowanie elementów i układów stosowanych w systemach telekomunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium: część teoretyczna - wymagane jest udzielenie odpowiedzi na przynajmniej połowę pytań dotyczących danego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>