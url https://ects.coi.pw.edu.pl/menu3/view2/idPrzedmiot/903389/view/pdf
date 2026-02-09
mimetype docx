--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -963,51 +963,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować koła zębate do przekładni o zadanych parametrach. Ma wiedzę o przekładniach zębatych oraz metodyce obliczeń wytrzymałościowych przekładni zębatej. Zna i rozumie metodykę projektowania wałów maszynowych do prostej konstrukcji (typu przekładnia zębata pojedyncza). Zna wielkości charakteryzujące łożyska toczne oraz ma umiejętność doboru łożysk tocznych z normy (katalogu) do zadanej konstrukcji maszynowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>