--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1097,67 +1097,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, rozmowa; sprawdzana jest umiejętność sposobu obliczania podstawowych elementów środków transportu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U23, Tr1A_U19</w:t>
+        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia i dokumentację techniczną z wykorzystaniem technik komputerowych oraz umie korzystać z norm i katalogów części maszynowych znormalizowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>