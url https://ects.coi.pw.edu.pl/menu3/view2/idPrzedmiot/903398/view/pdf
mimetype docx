--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -858,261 +858,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną dotyczącą kształtowania układu i profilu drogi kolejowej i drogowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - egzamin część pisemna w formie testu - 5 lub 6 pytań (50% poprawnych odpowiedzi w celu zaliczenia efektu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną dotyczącą kształtowania układu i profilu drogi kolejowej i drogowej</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną dotyczącą dróg samochodowych i ulic - klasyfikacje, parametry techniczne według klas, autostrady i drogi szybkiego ruchu; posiada wiedzę teoretyczną dotyczącą konstrukcji nawierzchni drogowych, kształtowanie układu i profilu dróg i ulic, posiada wiedzę teoretyczną dotyczącą węzłów drogowych i obiektów towarzyszących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - egzamin część pisemna w formie testu - 5 lub 6 pytań (50% poprawnych odpowiedzi w celu zaliczenia efektu)</w:t>
+        <w:t xml:space="preserve">wykład  - egzamin część pisemna w formie testu - 10 lub 11 pytań (50% poprawnych odpowiedzi w celu zaliczenia efektu)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną dotyczącą dróg samochodowych i ulic - klasyfikacje, parametry techniczne według klas, autostrady i drogi szybkiego ruchu; posiada wiedzę teoretyczną dotyczącą konstrukcji nawierzchni drogowych, kształtowanie układu i profilu dróg i ulic, posiada wiedzę teoretyczną dotyczącą węzłów drogowych i obiektów towarzyszących.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą drogi i portów lotniczych, struktury funkcjonalnej i klasyfikacji portów lotniczych, charakterystyki geometrycznej lotniska, posiada wiedzę dotyczącej dróg wodnych śródlądowych, portów morskich, klasyfikacji portów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład  - egzamin część pisemna w formie testu - 10 lub 11 pytań (50% poprawnych odpowiedzi w celu zaliczenia efektu)</w:t>
+        <w:t xml:space="preserve">wykład  - egzamin część pisemna w formie testu - 5 pytań (50% poprawnych odpowiedzi w celu zaliczenia efektu)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>