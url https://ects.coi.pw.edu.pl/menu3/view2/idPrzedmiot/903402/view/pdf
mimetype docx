--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>