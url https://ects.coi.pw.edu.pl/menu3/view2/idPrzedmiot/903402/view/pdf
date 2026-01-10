--- v1 (2025-12-28)
+++ v2 (2026-01-10)
@@ -969,331 +969,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować środek transportu zgodnie z poznaną klasyfikacją oraz określić jego przeznaczenie transportowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozpoznać podstawowe zespoły (rozłożyć na zespoły składowe) środków transportu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>