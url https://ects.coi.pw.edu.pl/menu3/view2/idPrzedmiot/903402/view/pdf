--- v2 (2026-01-10)
+++ v3 (2026-02-08)
@@ -829,71 +829,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasady działania, budowy wybranych podukładów oraz charakterystyk technicznych pojazdów kołowo-drogowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasady działania, budowy wybranych podukładów oraz charakterystyk technicznych pojazdów kołowo-drogowych </w:t>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasady działania, budowy wybranych podukładów oraz charakterystyk technicznych pojazdów szynowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -912,58 +982,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasady działania, budowy wybranych podukładów oraz charakterystyk technicznych pojazdów szynowych</w:t>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -982,58 +1052,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1052,248 +1122,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transp.</w:t>
+        <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować środek transportu zgodnie z poznaną klasyfikacją oraz określić jego przeznaczenie transportowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+        <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować środek transportu zgodnie z poznaną klasyfikacją oraz określić jego przeznaczenie transportowe.</w:t>
+        <w:t xml:space="preserve">Potrafi rozpoznać podstawowe zespoły (rozłożyć na zespoły składowe) środków transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - 2 zaliczenia w formie pisemnej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>