--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -829,331 +829,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasady działania, budowy wybranych podukładów oraz charakterystyk technicznych pojazdów kołowo-drogowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasady działania, budowy wybranych podukładów oraz charakterystyk technicznych pojazdów szynowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą zasad działania oraz budowy wybranych podukładów latających środków transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada podstawową wiedzę dotyczącą charakterystyk technicznych latających środków transp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować środek transportu zgodnie z poznaną klasyfikacją oraz określić jego przeznaczenie transportowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>