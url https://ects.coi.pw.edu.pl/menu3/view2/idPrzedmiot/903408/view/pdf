--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1181,51 +1181,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania wyznaczonego zadania i zadań innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>