--- v1 (2025-10-31)
+++ v2 (2025-12-28)
@@ -971,261 +971,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić w języku polskim prezentację ustną, dotyczącą szczegółowych zagadnień z zakresu realizowanej pracy inżynierskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena treści i formy prezentacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować i przedstawić w języku polskim prezentację ustną, dotyczącą szczegółowych zagadnień z zakresu realizowanej pracy inżynierskiej</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić istniejące specjalistyczne rozwiązania techniczne dotyczące własnego zadania i zadań innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena treści i formy prezentacji</w:t>
+        <w:t xml:space="preserve">ocena treści prezentacji i udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U04</w:t>
+        <w:t xml:space="preserve">Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić istniejące specjalistyczne rozwiązania techniczne dotyczące własnego zadania i zadań innych uczestników seminarium</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać identyfikacji i sformułować specyfikację wyznaczonego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena treści prezentacji i udziału w dyskusjach</w:t>
+        <w:t xml:space="preserve">ocena treści prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania wyznaczonego zadania i zadań innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>