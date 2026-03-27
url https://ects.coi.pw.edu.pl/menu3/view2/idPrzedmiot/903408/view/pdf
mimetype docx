--- v2 (2025-12-28)
+++ v3 (2026-03-27)
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić w języku polskim prezentację ustną, dotyczącą szczegółowych zagadnień z zakresu realizowanej pracy inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,51 +1181,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania wyznaczonego zadania i zadań innych uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>