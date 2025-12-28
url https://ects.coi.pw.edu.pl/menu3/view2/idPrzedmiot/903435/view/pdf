--- v0 (2025-10-05)
+++ v1 (2025-12-28)
@@ -742,67 +742,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania techniczne eksploatacji pojazdów trakcyjnych i wagonów. Zna elementy i rozwiązania układowe obwodów głównych i układów zasilania lokomotyw.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U11, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>