--- v1 (2025-12-28)
+++ v2 (2026-02-10)
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U11, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>