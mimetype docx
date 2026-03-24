--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -882,67 +882,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne w postaci pytań opisowych; wymagane jest zdobycie co najmniej 51% punktów, aby uzyskać ocenę pozytywną; następnie oceny są wystawiane w sposób następujący: 51%-60% - 3,0, 61%-70% - 3,5, 71%-80% - 4,0, 81%-90% - 4,5, 91%-100% - 5,0. Możliwość zaliczenia kolokwium na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W13, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>